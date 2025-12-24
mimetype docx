--- v0 (2025-10-02)
+++ v1 (2025-12-24)
@@ -1,92 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="09E84578" w14:textId="58A92707" w:rsidR="00345A50" w:rsidRDefault="00392E39" w:rsidP="00345A50">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C52E28D" wp14:editId="16871E7C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5190490</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-168910</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1238250" cy="1082040"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Picture 1" descr="Y:\HR Confidential\Cathedral Branding Info\Colour Portrait.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Y:\HR Confidential\Cathedral Branding Info\Colour Portrait.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1238250" cy="1082040"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1024,68 +1028,59 @@
       <w:tr w:rsidR="007964C7" w:rsidRPr="00FB6ABC" w14:paraId="781F3461" w14:textId="77777777" w:rsidTr="006C690B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46F243CC" w14:textId="77777777" w:rsidR="007964C7" w:rsidRPr="00FB6ABC" w:rsidRDefault="007964C7" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Do you hold a full valid driving </w:t>
-[...7 lines deleted...]
-              <w:t>licence?</w:t>
+              <w:t>Do you hold a full valid driving licence?</w:t>
             </w:r>
             <w:r w:rsidR="006C690B">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="571FC3D9" w14:textId="77777777" w:rsidR="007964C7" w:rsidRPr="00FB6ABC" w:rsidRDefault="007964C7" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
@@ -1172,68 +1167,59 @@
       <w:tr w:rsidR="007964C7" w:rsidRPr="00FB6ABC" w14:paraId="5C1799DE" w14:textId="77777777" w:rsidTr="006C690B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="602970BC" w14:textId="77777777" w:rsidR="007964C7" w:rsidRPr="00FB6ABC" w:rsidRDefault="007964C7" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Do you have access to a </w:t>
-[...7 lines deleted...]
-              <w:t>vehicle?</w:t>
+              <w:t>Do you have access to a vehicle?</w:t>
             </w:r>
             <w:r w:rsidR="006C690B">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30D6D41C" w14:textId="77777777" w:rsidR="007964C7" w:rsidRPr="00FB6ABC" w:rsidRDefault="007964C7" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
@@ -1586,97 +1572,107 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>EDUCATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD3605" w:rsidRPr="00FB6ABC" w14:paraId="3AAD3A96" w14:textId="77777777" w:rsidTr="006C690B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="448EF080" w14:textId="77777777" w:rsidR="00DD3605" w:rsidRPr="00FB6ABC" w:rsidRDefault="00DD3605" w:rsidP="00CB3793">
+          <w:p w14:paraId="448EF080" w14:textId="406BEE04" w:rsidR="00DD3605" w:rsidRPr="00FB6ABC" w:rsidRDefault="00DD3605" w:rsidP="00CB3793">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Please give details of secondary schools/colleges attended and subjects passed.</w:t>
             </w:r>
             <w:r w:rsidR="00BE7A1B" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Please give details of any educational, technical and/or professional qualifications. If you are currently </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> Please give details of any educational, technical and/or professional qualifications. If you are currently studying</w:t>
+            </w:r>
+            <w:r w:rsidR="00D85688">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
             <w:r w:rsidR="00BE7A1B" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>studying</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> please provide details of the qualification concerned. If study was on a part</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
             <w:r w:rsidR="00BE7A1B" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> please provide details of the qualification concerned. If study was on a part time </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00BE7A1B" w:rsidRPr="00FB6ABC">
+              <w:t>time basis</w:t>
+            </w:r>
+            <w:r w:rsidR="00D85688">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>basis</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>,</w:t>
+            </w:r>
             <w:r w:rsidR="00BE7A1B" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> please specify.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE7A1B" w:rsidRPr="00FB6ABC" w14:paraId="0B7789A5" w14:textId="77777777" w:rsidTr="006C690B">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -4310,123 +4306,121 @@
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>YOU AND THE ROLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD3605" w:rsidRPr="00FB6ABC" w14:paraId="5FB42EF6" w14:textId="77777777" w:rsidTr="00CB3793">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51B67505" w14:textId="77777777" w:rsidR="00DD3605" w:rsidRPr="00FB6ABC" w:rsidRDefault="00BE7A1B" w:rsidP="00CB3793">
+          <w:p w14:paraId="51B67505" w14:textId="48B34F76" w:rsidR="00DD3605" w:rsidRPr="00FB6ABC" w:rsidRDefault="00BE7A1B" w:rsidP="00CB3793">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Please give details of your skills, abilities, achievements and experience (including outside interests) and use examples to</w:t>
             </w:r>
             <w:r w:rsidR="006C7573" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> demonstrate how you meet t</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">he criteria listed in the person specification. </w:t>
             </w:r>
             <w:r w:rsidR="001A0706" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Please include what attracts you about this role.  </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">You may </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">You may continue on </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>separate sheets</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and attach if necessary.</w:t>
+              <w:t xml:space="preserve"> and attach </w:t>
+            </w:r>
+            <w:r w:rsidR="00834B9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">them </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB6ABC">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>if necessary.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w14:paraId="71CD46EB" w14:textId="77777777" w:rsidTr="00CB3793">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E7A6DA8" w14:textId="77777777" w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w:rsidRDefault="000B321D" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -4792,67 +4786,74 @@
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>OTHER INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w14:paraId="0DC2F7F0" w14:textId="77777777" w:rsidTr="00CB3793">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7083DD05" w14:textId="77777777" w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w:rsidRDefault="000B321D" w:rsidP="002A4011">
+          <w:p w14:paraId="7083DD05" w14:textId="32F5FAD0" w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w:rsidRDefault="000B321D" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Please give us any other information which you think is relevant to this position</w:t>
             </w:r>
+            <w:r w:rsidR="00DC5F35">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w14:paraId="50B7196C" w14:textId="77777777" w:rsidTr="00CB3793">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BAE740E" w14:textId="77777777" w:rsidR="000B321D" w:rsidRDefault="000B321D" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4953,128 +4954,138 @@
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>REFERENCES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w14:paraId="681E648D" w14:textId="77777777" w:rsidTr="00CB3793">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B87E9BA" w14:textId="77777777" w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w:rsidRDefault="00BE7A1B" w:rsidP="002A4011">
+          <w:p w14:paraId="3B87E9BA" w14:textId="3F90E47B" w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w:rsidRDefault="00BE7A1B" w:rsidP="002A4011">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please give details of two referees who </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FB6ABC">
+              <w:t>Please give details of two referees who are able to comment on your suitability for the job, one of whom must be your present or most recent employer. If you have just left full</w:t>
+            </w:r>
+            <w:r w:rsidR="007C387B">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>are able to</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>-</w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> comment on your suitability for the job, one of whom must be your present or most recent employer. If you have just left full time </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FB6ABC">
+              <w:t>time education</w:t>
+            </w:r>
+            <w:r w:rsidR="00504C3D">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>education</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>,</w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> you should give details of your course tutor or teacher. References from</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> friends and relatives</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">are not acceptable.  </w:t>
+              <w:t xml:space="preserve">are not acceptable. </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">We reserve the right to contact any or your previous employers.                                                                                    </w:t>
+              <w:t>We reserve the right to contact any o</w:t>
+            </w:r>
+            <w:r w:rsidR="003A08B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB6ABC">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your previous employers.                                                                                    </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007964C7" w:rsidRPr="00FB6ABC" w14:paraId="51451D59" w14:textId="77777777" w:rsidTr="00CB3793">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6048,101 +6059,115 @@
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w14:paraId="6CFBCF79" w14:textId="77777777" w:rsidTr="00CB3793">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED6AEC6" w14:textId="49B8309E" w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w:rsidRDefault="000B321D" w:rsidP="00957E5E">
+          <w:p w14:paraId="5ED6AEC6" w14:textId="00C3EB50" w:rsidR="000B321D" w:rsidRPr="00FB6ABC" w:rsidRDefault="000B321D" w:rsidP="00957E5E">
             <w:pPr>
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Declaration:</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> I declare that the statements in this form are correct. I understand that any job offer will be conditional on references that are satisfactory to Wells</w:t>
             </w:r>
             <w:r w:rsidR="001A0706" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cathedral</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">.  For posts which will involve working with children, young people and vulnerable adults a </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>. For posts which will involve working with children, young people and vulnerable adults</w:t>
+            </w:r>
+            <w:r w:rsidR="003A08B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB6ABC">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:r w:rsidR="003A08B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">satisfactory </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB6ABC">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">enhanced </w:t>
             </w:r>
             <w:r w:rsidR="00957E5E" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">DBS </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">check </w:t>
             </w:r>
             <w:r w:rsidR="001A0706" w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
@@ -6272,329 +6297,343 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6058BC15" w14:textId="2182A013" w:rsidR="005413E1" w:rsidRPr="00FB6ABC" w:rsidRDefault="005413E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005413E1">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please note that i</w:t>
       </w:r>
       <w:r w:rsidRPr="005413E1">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nformation provided on the application form will be viewed by HR, the recruiting manager and interview panel.    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47345A3B" w14:textId="20175EA8" w:rsidR="005C1FF3" w:rsidRPr="00FB6ABC" w:rsidRDefault="005C1FF3" w:rsidP="005C1FF3">
+    <w:p w14:paraId="47345A3B" w14:textId="23901013" w:rsidR="005C1FF3" w:rsidRPr="00FB6ABC" w:rsidRDefault="005C1FF3" w:rsidP="005C1FF3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6ABC">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applications should be returned to </w:t>
       </w:r>
-      <w:r w:rsidR="00645054">
-[...24 lines deleted...]
-        <w:r w:rsidR="00392E39" w:rsidRPr="008B0721">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00981065" w:rsidRPr="008F00E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>recruitment@wellscathedral.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00645054">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6ABC">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00981065">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to Barbora Cowell (HR </w:t>
+      </w:r>
+      <w:r w:rsidR="0004661D">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00981065">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidR="00E015CF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wells Cathedral </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6ABC">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Offices, </w:t>
       </w:r>
       <w:r w:rsidR="00E015CF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chain Gate</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6ABC">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E015CF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cathedral Green, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6ABC">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wells, Somerset BA5 </w:t>
+        <w:t>Wells, Somerset</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00981065">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FB6ABC">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2U</w:t>
+        <w:t xml:space="preserve"> BA5 2U</w:t>
       </w:r>
       <w:r w:rsidR="00E015CF">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00981065">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3E7652CA" w14:textId="77777777" w:rsidR="005C1FF3" w:rsidRPr="00FB6ABC" w:rsidRDefault="005C1FF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="CG Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005C1FF3" w:rsidRPr="00FB6ABC" w:rsidSect="00CB3793">
-      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18105D9D" w14:textId="77777777" w:rsidR="00BC4D12" w:rsidRDefault="00BC4D12" w:rsidP="00CB3793">
+    <w:p w14:paraId="55C31CB4" w14:textId="77777777" w:rsidR="00C76082" w:rsidRDefault="00C76082" w:rsidP="00CB3793">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3780E692" w14:textId="77777777" w:rsidR="00BC4D12" w:rsidRDefault="00BC4D12" w:rsidP="00CB3793">
+    <w:p w14:paraId="2654FC46" w14:textId="77777777" w:rsidR="00C76082" w:rsidRDefault="00C76082" w:rsidP="00CB3793">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Albertville">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64DB1033" w14:textId="77777777" w:rsidR="00BC4D12" w:rsidRDefault="00BC4D12" w:rsidP="00CB3793">
+    <w:p w14:paraId="228522B5" w14:textId="77777777" w:rsidR="00C76082" w:rsidRDefault="00C76082" w:rsidP="00CB3793">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="596622EB" w14:textId="77777777" w:rsidR="00BC4D12" w:rsidRDefault="00BC4D12" w:rsidP="00CB3793">
+    <w:p w14:paraId="278BFF0F" w14:textId="77777777" w:rsidR="00C76082" w:rsidRDefault="00C76082" w:rsidP="00CB3793">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26DCF733" w14:textId="77777777" w:rsidR="00CB3793" w:rsidRDefault="00CB3793" w:rsidP="00CB3793">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00345A50"/>
     <w:rsid w:val="00001B25"/>
@@ -6605,50 +6644,51 @@
     <w:rsid w:val="00007460"/>
     <w:rsid w:val="000077AB"/>
     <w:rsid w:val="00011792"/>
     <w:rsid w:val="00013D4E"/>
     <w:rsid w:val="000173DE"/>
     <w:rsid w:val="000174F8"/>
     <w:rsid w:val="00020AAA"/>
     <w:rsid w:val="00020FF6"/>
     <w:rsid w:val="0002162E"/>
     <w:rsid w:val="000222CE"/>
     <w:rsid w:val="00024FEC"/>
     <w:rsid w:val="00025751"/>
     <w:rsid w:val="000308D7"/>
     <w:rsid w:val="000316D5"/>
     <w:rsid w:val="00031867"/>
     <w:rsid w:val="000327AB"/>
     <w:rsid w:val="00033840"/>
     <w:rsid w:val="00035715"/>
     <w:rsid w:val="00036D47"/>
     <w:rsid w:val="000431FE"/>
     <w:rsid w:val="00043ECE"/>
     <w:rsid w:val="000444CA"/>
     <w:rsid w:val="00044BB0"/>
     <w:rsid w:val="00045741"/>
     <w:rsid w:val="00045ADC"/>
+    <w:rsid w:val="0004661D"/>
     <w:rsid w:val="00046739"/>
     <w:rsid w:val="00052691"/>
     <w:rsid w:val="0005310A"/>
     <w:rsid w:val="00054190"/>
     <w:rsid w:val="0005561C"/>
     <w:rsid w:val="00057B6C"/>
     <w:rsid w:val="00060404"/>
     <w:rsid w:val="00060F07"/>
     <w:rsid w:val="000638C2"/>
     <w:rsid w:val="00063904"/>
     <w:rsid w:val="000649CF"/>
     <w:rsid w:val="000658D0"/>
     <w:rsid w:val="000671B2"/>
     <w:rsid w:val="00067F81"/>
     <w:rsid w:val="00071031"/>
     <w:rsid w:val="00071627"/>
     <w:rsid w:val="000716E8"/>
     <w:rsid w:val="000725DF"/>
     <w:rsid w:val="00074415"/>
     <w:rsid w:val="00077FD4"/>
     <w:rsid w:val="0008145D"/>
     <w:rsid w:val="000823C8"/>
     <w:rsid w:val="000829F6"/>
     <w:rsid w:val="000845EB"/>
     <w:rsid w:val="00090E2D"/>
@@ -6699,58 +6739,58 @@
     <w:rsid w:val="000E549B"/>
     <w:rsid w:val="000E6BCF"/>
     <w:rsid w:val="000E72D0"/>
     <w:rsid w:val="000F04BB"/>
     <w:rsid w:val="000F0829"/>
     <w:rsid w:val="000F13A5"/>
     <w:rsid w:val="000F1B02"/>
     <w:rsid w:val="000F43AF"/>
     <w:rsid w:val="000F5B8F"/>
     <w:rsid w:val="00100113"/>
     <w:rsid w:val="00100E13"/>
     <w:rsid w:val="00101B94"/>
     <w:rsid w:val="00102DD8"/>
     <w:rsid w:val="0010366B"/>
     <w:rsid w:val="00104350"/>
     <w:rsid w:val="00110E5E"/>
     <w:rsid w:val="00111EF2"/>
     <w:rsid w:val="00112EE9"/>
     <w:rsid w:val="00113306"/>
     <w:rsid w:val="00116052"/>
     <w:rsid w:val="0011642D"/>
     <w:rsid w:val="001170EB"/>
     <w:rsid w:val="001219FA"/>
     <w:rsid w:val="00125AB0"/>
     <w:rsid w:val="001304D9"/>
-    <w:rsid w:val="001306C7"/>
     <w:rsid w:val="001321BF"/>
     <w:rsid w:val="00132756"/>
     <w:rsid w:val="00134E35"/>
     <w:rsid w:val="00135583"/>
     <w:rsid w:val="001368DF"/>
     <w:rsid w:val="0013743A"/>
     <w:rsid w:val="00137E67"/>
+    <w:rsid w:val="00142285"/>
     <w:rsid w:val="001435D6"/>
     <w:rsid w:val="00144F64"/>
     <w:rsid w:val="00150FA8"/>
     <w:rsid w:val="00160F1E"/>
     <w:rsid w:val="0016431A"/>
     <w:rsid w:val="0016442C"/>
     <w:rsid w:val="001655DB"/>
     <w:rsid w:val="00167B97"/>
     <w:rsid w:val="00167D3A"/>
     <w:rsid w:val="0017391C"/>
     <w:rsid w:val="00174335"/>
     <w:rsid w:val="00174640"/>
     <w:rsid w:val="0017465B"/>
     <w:rsid w:val="00175865"/>
     <w:rsid w:val="00175935"/>
     <w:rsid w:val="00180008"/>
     <w:rsid w:val="00180E47"/>
     <w:rsid w:val="00181C93"/>
     <w:rsid w:val="00182167"/>
     <w:rsid w:val="001860D4"/>
     <w:rsid w:val="0018662C"/>
     <w:rsid w:val="00187AC9"/>
     <w:rsid w:val="00191722"/>
     <w:rsid w:val="00191BEE"/>
     <w:rsid w:val="0019363A"/>
@@ -6761,79 +6801,79 @@
     <w:rsid w:val="001A00A4"/>
     <w:rsid w:val="001A0544"/>
     <w:rsid w:val="001A0706"/>
     <w:rsid w:val="001A090E"/>
     <w:rsid w:val="001A3BFF"/>
     <w:rsid w:val="001A3C84"/>
     <w:rsid w:val="001A44A3"/>
     <w:rsid w:val="001A5363"/>
     <w:rsid w:val="001A57FB"/>
     <w:rsid w:val="001B100B"/>
     <w:rsid w:val="001B248F"/>
     <w:rsid w:val="001B34DF"/>
     <w:rsid w:val="001B42FB"/>
     <w:rsid w:val="001B5928"/>
     <w:rsid w:val="001B6331"/>
     <w:rsid w:val="001B6CC7"/>
     <w:rsid w:val="001B7261"/>
     <w:rsid w:val="001C0BB4"/>
     <w:rsid w:val="001C14D9"/>
     <w:rsid w:val="001C2855"/>
     <w:rsid w:val="001C2CBE"/>
     <w:rsid w:val="001C2F88"/>
     <w:rsid w:val="001C353F"/>
     <w:rsid w:val="001C4F7F"/>
     <w:rsid w:val="001C605E"/>
-    <w:rsid w:val="001C7070"/>
     <w:rsid w:val="001D12BB"/>
     <w:rsid w:val="001D2614"/>
     <w:rsid w:val="001D32BF"/>
     <w:rsid w:val="001D38E6"/>
     <w:rsid w:val="001D3E23"/>
     <w:rsid w:val="001D422B"/>
     <w:rsid w:val="001D4813"/>
     <w:rsid w:val="001D4818"/>
     <w:rsid w:val="001D4B00"/>
     <w:rsid w:val="001D69BD"/>
     <w:rsid w:val="001D7325"/>
     <w:rsid w:val="001E10E6"/>
     <w:rsid w:val="001E14E1"/>
     <w:rsid w:val="001E2A34"/>
     <w:rsid w:val="001E2FF9"/>
     <w:rsid w:val="001E5FF2"/>
     <w:rsid w:val="001F1085"/>
     <w:rsid w:val="001F15C7"/>
     <w:rsid w:val="001F4B4C"/>
     <w:rsid w:val="001F4E9E"/>
     <w:rsid w:val="001F5963"/>
     <w:rsid w:val="001F62E9"/>
     <w:rsid w:val="00201E14"/>
     <w:rsid w:val="00202812"/>
     <w:rsid w:val="002048F3"/>
     <w:rsid w:val="00206A9E"/>
     <w:rsid w:val="00206E31"/>
     <w:rsid w:val="00206F54"/>
+    <w:rsid w:val="00207A42"/>
     <w:rsid w:val="0021002E"/>
     <w:rsid w:val="002103A5"/>
     <w:rsid w:val="00210650"/>
     <w:rsid w:val="00210E70"/>
     <w:rsid w:val="00212D4D"/>
     <w:rsid w:val="002154B9"/>
     <w:rsid w:val="00216942"/>
     <w:rsid w:val="002205B2"/>
     <w:rsid w:val="00223447"/>
     <w:rsid w:val="002236B1"/>
     <w:rsid w:val="0022691F"/>
     <w:rsid w:val="002359AF"/>
     <w:rsid w:val="0023659F"/>
     <w:rsid w:val="002378B2"/>
     <w:rsid w:val="00243966"/>
     <w:rsid w:val="00243BDF"/>
     <w:rsid w:val="00243C89"/>
     <w:rsid w:val="002447A9"/>
     <w:rsid w:val="00246F88"/>
     <w:rsid w:val="002503D1"/>
     <w:rsid w:val="0025077B"/>
     <w:rsid w:val="0025283A"/>
     <w:rsid w:val="00256125"/>
     <w:rsid w:val="00257B9F"/>
     <w:rsid w:val="00263851"/>
@@ -6911,242 +6951,248 @@
     <w:rsid w:val="00341C67"/>
     <w:rsid w:val="00342471"/>
     <w:rsid w:val="0034253F"/>
     <w:rsid w:val="003426D9"/>
     <w:rsid w:val="00345A50"/>
     <w:rsid w:val="00346539"/>
     <w:rsid w:val="00351782"/>
     <w:rsid w:val="00353F08"/>
     <w:rsid w:val="0035556A"/>
     <w:rsid w:val="003606DD"/>
     <w:rsid w:val="0036268B"/>
     <w:rsid w:val="00363F48"/>
     <w:rsid w:val="003649AF"/>
     <w:rsid w:val="00366109"/>
     <w:rsid w:val="003670EF"/>
     <w:rsid w:val="0037420F"/>
     <w:rsid w:val="00374217"/>
     <w:rsid w:val="00375B94"/>
     <w:rsid w:val="00382058"/>
     <w:rsid w:val="00384685"/>
     <w:rsid w:val="003846D2"/>
     <w:rsid w:val="00386709"/>
     <w:rsid w:val="0038756E"/>
     <w:rsid w:val="00392E39"/>
     <w:rsid w:val="00395A21"/>
+    <w:rsid w:val="003A08B9"/>
     <w:rsid w:val="003A21A3"/>
     <w:rsid w:val="003A2906"/>
     <w:rsid w:val="003A3478"/>
     <w:rsid w:val="003A7E66"/>
     <w:rsid w:val="003B1F2F"/>
     <w:rsid w:val="003B53B2"/>
     <w:rsid w:val="003B5518"/>
     <w:rsid w:val="003C0DB9"/>
     <w:rsid w:val="003C1052"/>
     <w:rsid w:val="003C36F1"/>
     <w:rsid w:val="003C3DE7"/>
     <w:rsid w:val="003C4CCB"/>
     <w:rsid w:val="003D19C7"/>
     <w:rsid w:val="003D245E"/>
     <w:rsid w:val="003D3027"/>
     <w:rsid w:val="003D7E42"/>
     <w:rsid w:val="003D7F46"/>
     <w:rsid w:val="003E0BDE"/>
     <w:rsid w:val="003E0E7F"/>
     <w:rsid w:val="003E1A6E"/>
     <w:rsid w:val="003E2DA8"/>
     <w:rsid w:val="003E3133"/>
     <w:rsid w:val="003E71CF"/>
     <w:rsid w:val="003F085A"/>
     <w:rsid w:val="003F222E"/>
     <w:rsid w:val="003F24F9"/>
     <w:rsid w:val="003F3CF2"/>
     <w:rsid w:val="003F4C7F"/>
     <w:rsid w:val="003F4CFA"/>
     <w:rsid w:val="003F54AC"/>
     <w:rsid w:val="003F5EFA"/>
     <w:rsid w:val="00402369"/>
     <w:rsid w:val="004028C2"/>
     <w:rsid w:val="004030BB"/>
     <w:rsid w:val="00403439"/>
     <w:rsid w:val="00404A4E"/>
+    <w:rsid w:val="004078F2"/>
+    <w:rsid w:val="00407FBF"/>
     <w:rsid w:val="004100A1"/>
     <w:rsid w:val="004110A6"/>
     <w:rsid w:val="00415891"/>
     <w:rsid w:val="00416390"/>
     <w:rsid w:val="00417261"/>
     <w:rsid w:val="00417D36"/>
     <w:rsid w:val="0042026A"/>
     <w:rsid w:val="004215D2"/>
     <w:rsid w:val="00421614"/>
     <w:rsid w:val="0042243A"/>
     <w:rsid w:val="004250D2"/>
     <w:rsid w:val="0043236A"/>
     <w:rsid w:val="0043283C"/>
     <w:rsid w:val="0043306C"/>
     <w:rsid w:val="0043364E"/>
     <w:rsid w:val="00433716"/>
     <w:rsid w:val="004439E7"/>
     <w:rsid w:val="004450C3"/>
     <w:rsid w:val="004468E3"/>
     <w:rsid w:val="00451E9E"/>
     <w:rsid w:val="00455052"/>
     <w:rsid w:val="004560A0"/>
     <w:rsid w:val="00456183"/>
     <w:rsid w:val="004576F6"/>
     <w:rsid w:val="00460AA7"/>
     <w:rsid w:val="00460F10"/>
     <w:rsid w:val="004614E6"/>
     <w:rsid w:val="00461807"/>
     <w:rsid w:val="0046203C"/>
     <w:rsid w:val="004634DB"/>
     <w:rsid w:val="00464115"/>
     <w:rsid w:val="00464333"/>
     <w:rsid w:val="00466A3F"/>
     <w:rsid w:val="004704EE"/>
+    <w:rsid w:val="00470BB5"/>
     <w:rsid w:val="00476839"/>
     <w:rsid w:val="0047723B"/>
     <w:rsid w:val="0048049F"/>
-    <w:rsid w:val="004821F6"/>
     <w:rsid w:val="00482763"/>
     <w:rsid w:val="004837F6"/>
     <w:rsid w:val="00484190"/>
     <w:rsid w:val="004849FB"/>
     <w:rsid w:val="00485260"/>
     <w:rsid w:val="0048573E"/>
     <w:rsid w:val="00486AE4"/>
     <w:rsid w:val="00486F89"/>
     <w:rsid w:val="00487275"/>
     <w:rsid w:val="004908C6"/>
     <w:rsid w:val="004916B8"/>
     <w:rsid w:val="0049757B"/>
     <w:rsid w:val="0049764A"/>
     <w:rsid w:val="00497EE4"/>
     <w:rsid w:val="004A0554"/>
     <w:rsid w:val="004A1F18"/>
     <w:rsid w:val="004A4802"/>
     <w:rsid w:val="004A6376"/>
     <w:rsid w:val="004A760B"/>
     <w:rsid w:val="004B0C44"/>
     <w:rsid w:val="004B0F40"/>
     <w:rsid w:val="004B214D"/>
     <w:rsid w:val="004B2562"/>
     <w:rsid w:val="004B47F0"/>
     <w:rsid w:val="004B639E"/>
     <w:rsid w:val="004C0583"/>
     <w:rsid w:val="004C09A7"/>
     <w:rsid w:val="004C0B3D"/>
     <w:rsid w:val="004C27ED"/>
     <w:rsid w:val="004C5862"/>
     <w:rsid w:val="004C5A9D"/>
     <w:rsid w:val="004D04D3"/>
     <w:rsid w:val="004D171C"/>
     <w:rsid w:val="004D1CB3"/>
     <w:rsid w:val="004D3B69"/>
     <w:rsid w:val="004D3CB8"/>
     <w:rsid w:val="004D4232"/>
     <w:rsid w:val="004D6E24"/>
     <w:rsid w:val="004E0542"/>
     <w:rsid w:val="004E07A8"/>
     <w:rsid w:val="004E12AD"/>
     <w:rsid w:val="004E563A"/>
     <w:rsid w:val="004E66BE"/>
     <w:rsid w:val="004F255D"/>
     <w:rsid w:val="004F6578"/>
     <w:rsid w:val="004F66B4"/>
     <w:rsid w:val="004F73DB"/>
     <w:rsid w:val="004F7959"/>
     <w:rsid w:val="00504B3F"/>
+    <w:rsid w:val="00504C3D"/>
     <w:rsid w:val="00507E64"/>
     <w:rsid w:val="00510FD0"/>
     <w:rsid w:val="00513158"/>
     <w:rsid w:val="00515E21"/>
     <w:rsid w:val="005172A9"/>
     <w:rsid w:val="0052074D"/>
     <w:rsid w:val="005207C1"/>
     <w:rsid w:val="00521FE1"/>
     <w:rsid w:val="005222EE"/>
     <w:rsid w:val="005239F9"/>
     <w:rsid w:val="005256B8"/>
     <w:rsid w:val="00526471"/>
     <w:rsid w:val="005268AF"/>
     <w:rsid w:val="005306C7"/>
     <w:rsid w:val="005312FC"/>
     <w:rsid w:val="00531B6A"/>
     <w:rsid w:val="00533BFE"/>
     <w:rsid w:val="00533FBE"/>
     <w:rsid w:val="00534AEC"/>
     <w:rsid w:val="00535AB5"/>
     <w:rsid w:val="005367B4"/>
     <w:rsid w:val="00536DE3"/>
     <w:rsid w:val="00536EB5"/>
     <w:rsid w:val="00537B3F"/>
     <w:rsid w:val="005413E1"/>
     <w:rsid w:val="005414B7"/>
     <w:rsid w:val="00542025"/>
     <w:rsid w:val="00542DD0"/>
     <w:rsid w:val="00544BC2"/>
     <w:rsid w:val="00545EAA"/>
     <w:rsid w:val="00547E33"/>
     <w:rsid w:val="00550032"/>
     <w:rsid w:val="00550B91"/>
     <w:rsid w:val="0055355C"/>
     <w:rsid w:val="0055380A"/>
     <w:rsid w:val="0055581C"/>
     <w:rsid w:val="00556350"/>
     <w:rsid w:val="00560E31"/>
     <w:rsid w:val="0056137B"/>
     <w:rsid w:val="005621EB"/>
     <w:rsid w:val="005624C5"/>
     <w:rsid w:val="00562CD2"/>
     <w:rsid w:val="0056399F"/>
     <w:rsid w:val="00563E1D"/>
     <w:rsid w:val="00570548"/>
     <w:rsid w:val="00570B4F"/>
+    <w:rsid w:val="0057115D"/>
     <w:rsid w:val="005717B8"/>
     <w:rsid w:val="005725DA"/>
     <w:rsid w:val="00573E84"/>
     <w:rsid w:val="0057456E"/>
     <w:rsid w:val="005748D2"/>
     <w:rsid w:val="005756FE"/>
     <w:rsid w:val="00580000"/>
     <w:rsid w:val="005801E3"/>
     <w:rsid w:val="005806F7"/>
     <w:rsid w:val="005807A5"/>
     <w:rsid w:val="00581459"/>
     <w:rsid w:val="00581834"/>
     <w:rsid w:val="00584268"/>
     <w:rsid w:val="00584F8D"/>
     <w:rsid w:val="00585A43"/>
     <w:rsid w:val="00585A81"/>
     <w:rsid w:val="00586B64"/>
     <w:rsid w:val="00592B54"/>
     <w:rsid w:val="005A2BDD"/>
     <w:rsid w:val="005A37B7"/>
     <w:rsid w:val="005A6EE8"/>
     <w:rsid w:val="005B0BE8"/>
     <w:rsid w:val="005B28C3"/>
+    <w:rsid w:val="005B3FE8"/>
     <w:rsid w:val="005B5182"/>
     <w:rsid w:val="005B5F34"/>
     <w:rsid w:val="005C0561"/>
     <w:rsid w:val="005C0870"/>
     <w:rsid w:val="005C1A54"/>
     <w:rsid w:val="005C1E4B"/>
     <w:rsid w:val="005C1FF3"/>
     <w:rsid w:val="005C2603"/>
     <w:rsid w:val="005C344B"/>
     <w:rsid w:val="005D0264"/>
     <w:rsid w:val="005D0B1A"/>
     <w:rsid w:val="005D2439"/>
     <w:rsid w:val="005D37BF"/>
     <w:rsid w:val="005D3FCE"/>
     <w:rsid w:val="005D52A8"/>
     <w:rsid w:val="005D5437"/>
     <w:rsid w:val="005D77E7"/>
     <w:rsid w:val="005E22E4"/>
     <w:rsid w:val="005E698A"/>
     <w:rsid w:val="005F1383"/>
     <w:rsid w:val="005F1C66"/>
     <w:rsid w:val="005F34B4"/>
     <w:rsid w:val="005F35EE"/>
     <w:rsid w:val="005F40D2"/>
     <w:rsid w:val="005F79E7"/>
@@ -7253,86 +7299,88 @@
     <w:rsid w:val="00715046"/>
     <w:rsid w:val="00716D0D"/>
     <w:rsid w:val="007174CB"/>
     <w:rsid w:val="00720480"/>
     <w:rsid w:val="007219F5"/>
     <w:rsid w:val="00722E18"/>
     <w:rsid w:val="007243BB"/>
     <w:rsid w:val="00726005"/>
     <w:rsid w:val="00727F23"/>
     <w:rsid w:val="0073232D"/>
     <w:rsid w:val="00732A4B"/>
     <w:rsid w:val="0073463B"/>
     <w:rsid w:val="00734C6A"/>
     <w:rsid w:val="007403C0"/>
     <w:rsid w:val="00741A63"/>
     <w:rsid w:val="00746802"/>
     <w:rsid w:val="007540A4"/>
     <w:rsid w:val="007558C1"/>
     <w:rsid w:val="00755D41"/>
     <w:rsid w:val="007613A7"/>
     <w:rsid w:val="00763486"/>
     <w:rsid w:val="00763561"/>
     <w:rsid w:val="00766F05"/>
     <w:rsid w:val="0077043E"/>
     <w:rsid w:val="00771780"/>
+    <w:rsid w:val="00771BBF"/>
     <w:rsid w:val="00774394"/>
     <w:rsid w:val="00774D95"/>
     <w:rsid w:val="007752D7"/>
     <w:rsid w:val="00777C68"/>
     <w:rsid w:val="007807E5"/>
     <w:rsid w:val="00781304"/>
     <w:rsid w:val="00781910"/>
     <w:rsid w:val="007831D0"/>
     <w:rsid w:val="007844CB"/>
     <w:rsid w:val="007915B7"/>
     <w:rsid w:val="00792A22"/>
     <w:rsid w:val="00795723"/>
     <w:rsid w:val="00795D58"/>
     <w:rsid w:val="007964C7"/>
     <w:rsid w:val="007978D1"/>
     <w:rsid w:val="00797C03"/>
     <w:rsid w:val="007A0359"/>
     <w:rsid w:val="007A338E"/>
     <w:rsid w:val="007A3FB0"/>
     <w:rsid w:val="007A5621"/>
     <w:rsid w:val="007A61AB"/>
     <w:rsid w:val="007A7167"/>
     <w:rsid w:val="007A7BE1"/>
     <w:rsid w:val="007B058F"/>
     <w:rsid w:val="007B347A"/>
     <w:rsid w:val="007B43F6"/>
     <w:rsid w:val="007B5179"/>
     <w:rsid w:val="007B5CAC"/>
     <w:rsid w:val="007B6D09"/>
     <w:rsid w:val="007B6D7C"/>
     <w:rsid w:val="007B6F34"/>
     <w:rsid w:val="007B73DA"/>
     <w:rsid w:val="007C0613"/>
     <w:rsid w:val="007C07A5"/>
     <w:rsid w:val="007C0A37"/>
     <w:rsid w:val="007C3322"/>
+    <w:rsid w:val="007C387B"/>
     <w:rsid w:val="007C395A"/>
     <w:rsid w:val="007C3EFC"/>
     <w:rsid w:val="007C40F8"/>
     <w:rsid w:val="007C5AE5"/>
     <w:rsid w:val="007C5C0F"/>
     <w:rsid w:val="007C6F2D"/>
     <w:rsid w:val="007C704F"/>
     <w:rsid w:val="007C74E2"/>
     <w:rsid w:val="007D04B2"/>
     <w:rsid w:val="007D0A4C"/>
     <w:rsid w:val="007D3469"/>
     <w:rsid w:val="007D3CC5"/>
     <w:rsid w:val="007D447E"/>
     <w:rsid w:val="007D4CE7"/>
     <w:rsid w:val="007D53C3"/>
     <w:rsid w:val="007E1E8F"/>
     <w:rsid w:val="007E2638"/>
     <w:rsid w:val="007E4D73"/>
     <w:rsid w:val="007E5A7D"/>
     <w:rsid w:val="007E5C0D"/>
     <w:rsid w:val="007E71DF"/>
     <w:rsid w:val="007F0321"/>
     <w:rsid w:val="007F09CA"/>
     <w:rsid w:val="007F2713"/>
     <w:rsid w:val="007F2CDD"/>
@@ -7341,62 +7389,64 @@
     <w:rsid w:val="007F5F53"/>
     <w:rsid w:val="00800537"/>
     <w:rsid w:val="00801104"/>
     <w:rsid w:val="00801DE4"/>
     <w:rsid w:val="00805AF2"/>
     <w:rsid w:val="00806C5E"/>
     <w:rsid w:val="00807596"/>
     <w:rsid w:val="008117E9"/>
     <w:rsid w:val="00813B95"/>
     <w:rsid w:val="00814480"/>
     <w:rsid w:val="00814777"/>
     <w:rsid w:val="00816A0C"/>
     <w:rsid w:val="00817AC4"/>
     <w:rsid w:val="00821A86"/>
     <w:rsid w:val="00822503"/>
     <w:rsid w:val="00822B4A"/>
     <w:rsid w:val="00823A4E"/>
     <w:rsid w:val="0082460B"/>
     <w:rsid w:val="0082524D"/>
     <w:rsid w:val="00826F9D"/>
     <w:rsid w:val="00827E2E"/>
     <w:rsid w:val="00831578"/>
     <w:rsid w:val="0083315A"/>
     <w:rsid w:val="008333A6"/>
     <w:rsid w:val="0083480F"/>
+    <w:rsid w:val="00834B9F"/>
     <w:rsid w:val="0083613C"/>
     <w:rsid w:val="00840DBA"/>
     <w:rsid w:val="008444A5"/>
     <w:rsid w:val="00845D72"/>
     <w:rsid w:val="00845F31"/>
     <w:rsid w:val="0084657C"/>
     <w:rsid w:val="00847BDB"/>
     <w:rsid w:val="00850ABA"/>
     <w:rsid w:val="0085485E"/>
     <w:rsid w:val="00855B2C"/>
     <w:rsid w:val="008622AB"/>
     <w:rsid w:val="00865EC6"/>
+    <w:rsid w:val="008674C0"/>
     <w:rsid w:val="00867BC3"/>
     <w:rsid w:val="00873789"/>
     <w:rsid w:val="00873BEE"/>
     <w:rsid w:val="00874AAE"/>
     <w:rsid w:val="0087682F"/>
     <w:rsid w:val="00876F05"/>
     <w:rsid w:val="008806CD"/>
     <w:rsid w:val="00881EDD"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="0088558B"/>
     <w:rsid w:val="008873EE"/>
     <w:rsid w:val="008914A9"/>
     <w:rsid w:val="00891C3E"/>
     <w:rsid w:val="00896A28"/>
     <w:rsid w:val="00896A7E"/>
     <w:rsid w:val="00897494"/>
     <w:rsid w:val="008A1B23"/>
     <w:rsid w:val="008A2D1D"/>
     <w:rsid w:val="008B0238"/>
     <w:rsid w:val="008B1AC0"/>
     <w:rsid w:val="008B33DB"/>
     <w:rsid w:val="008B65D2"/>
     <w:rsid w:val="008B65FD"/>
     <w:rsid w:val="008B6D1D"/>
     <w:rsid w:val="008B7BB7"/>
@@ -7433,124 +7483,128 @@
     <w:rsid w:val="00935A9B"/>
     <w:rsid w:val="00936EE4"/>
     <w:rsid w:val="00937E23"/>
     <w:rsid w:val="00942869"/>
     <w:rsid w:val="00942ACF"/>
     <w:rsid w:val="0094701C"/>
     <w:rsid w:val="009500AC"/>
     <w:rsid w:val="0095016A"/>
     <w:rsid w:val="0095035E"/>
     <w:rsid w:val="0095252F"/>
     <w:rsid w:val="00953546"/>
     <w:rsid w:val="00957836"/>
     <w:rsid w:val="00957A0D"/>
     <w:rsid w:val="00957E5E"/>
     <w:rsid w:val="009628E6"/>
     <w:rsid w:val="00965B54"/>
     <w:rsid w:val="0096662D"/>
     <w:rsid w:val="00967437"/>
     <w:rsid w:val="00967BE3"/>
     <w:rsid w:val="009713C8"/>
     <w:rsid w:val="00971E92"/>
     <w:rsid w:val="00973290"/>
     <w:rsid w:val="00975B9F"/>
     <w:rsid w:val="0098086C"/>
     <w:rsid w:val="00980889"/>
+    <w:rsid w:val="00981065"/>
     <w:rsid w:val="009820D0"/>
     <w:rsid w:val="00982A13"/>
     <w:rsid w:val="00984755"/>
     <w:rsid w:val="00984AD5"/>
     <w:rsid w:val="009911F7"/>
     <w:rsid w:val="00997B1E"/>
     <w:rsid w:val="009A2911"/>
     <w:rsid w:val="009A3B67"/>
     <w:rsid w:val="009A42FA"/>
     <w:rsid w:val="009A4484"/>
     <w:rsid w:val="009A477F"/>
     <w:rsid w:val="009A4B26"/>
     <w:rsid w:val="009A57C7"/>
     <w:rsid w:val="009A71BF"/>
     <w:rsid w:val="009A7737"/>
     <w:rsid w:val="009B1758"/>
     <w:rsid w:val="009B1AEC"/>
+    <w:rsid w:val="009B1C73"/>
     <w:rsid w:val="009B453D"/>
     <w:rsid w:val="009B5178"/>
     <w:rsid w:val="009B71D6"/>
     <w:rsid w:val="009C0FA6"/>
     <w:rsid w:val="009C3238"/>
     <w:rsid w:val="009C32E0"/>
     <w:rsid w:val="009C3928"/>
     <w:rsid w:val="009C5AF5"/>
     <w:rsid w:val="009C5F5A"/>
     <w:rsid w:val="009C78B9"/>
     <w:rsid w:val="009D010D"/>
     <w:rsid w:val="009D03B2"/>
     <w:rsid w:val="009D0BC3"/>
     <w:rsid w:val="009D0C7F"/>
     <w:rsid w:val="009D4929"/>
     <w:rsid w:val="009D5E16"/>
     <w:rsid w:val="009D6D53"/>
     <w:rsid w:val="009E6646"/>
     <w:rsid w:val="009E7759"/>
     <w:rsid w:val="009F0017"/>
     <w:rsid w:val="009F1809"/>
     <w:rsid w:val="009F2484"/>
     <w:rsid w:val="009F4508"/>
     <w:rsid w:val="009F5CB6"/>
     <w:rsid w:val="009F6C2B"/>
     <w:rsid w:val="00A0092D"/>
     <w:rsid w:val="00A03BDB"/>
     <w:rsid w:val="00A04E7D"/>
     <w:rsid w:val="00A05CCD"/>
     <w:rsid w:val="00A071DE"/>
     <w:rsid w:val="00A07DC4"/>
     <w:rsid w:val="00A16B1E"/>
     <w:rsid w:val="00A22E0F"/>
     <w:rsid w:val="00A23913"/>
     <w:rsid w:val="00A23DC2"/>
+    <w:rsid w:val="00A23F13"/>
     <w:rsid w:val="00A26B61"/>
     <w:rsid w:val="00A27740"/>
     <w:rsid w:val="00A27AAD"/>
     <w:rsid w:val="00A27F16"/>
     <w:rsid w:val="00A32343"/>
     <w:rsid w:val="00A338CD"/>
     <w:rsid w:val="00A34470"/>
     <w:rsid w:val="00A34912"/>
     <w:rsid w:val="00A357C3"/>
     <w:rsid w:val="00A4021B"/>
     <w:rsid w:val="00A40233"/>
     <w:rsid w:val="00A41990"/>
     <w:rsid w:val="00A422D9"/>
     <w:rsid w:val="00A44BAB"/>
     <w:rsid w:val="00A45AAB"/>
     <w:rsid w:val="00A46B88"/>
     <w:rsid w:val="00A473D6"/>
     <w:rsid w:val="00A47F41"/>
     <w:rsid w:val="00A5003B"/>
     <w:rsid w:val="00A51662"/>
     <w:rsid w:val="00A523BD"/>
     <w:rsid w:val="00A54E90"/>
+    <w:rsid w:val="00A572A4"/>
     <w:rsid w:val="00A575BA"/>
     <w:rsid w:val="00A6005D"/>
     <w:rsid w:val="00A648BF"/>
     <w:rsid w:val="00A64C69"/>
     <w:rsid w:val="00A65750"/>
     <w:rsid w:val="00A65FFD"/>
     <w:rsid w:val="00A66E1D"/>
     <w:rsid w:val="00A66FC7"/>
     <w:rsid w:val="00A671A0"/>
     <w:rsid w:val="00A67626"/>
     <w:rsid w:val="00A71BAD"/>
     <w:rsid w:val="00A71FD3"/>
     <w:rsid w:val="00A741F4"/>
     <w:rsid w:val="00A745A8"/>
     <w:rsid w:val="00A752D8"/>
     <w:rsid w:val="00A76467"/>
     <w:rsid w:val="00A76726"/>
     <w:rsid w:val="00A814B9"/>
     <w:rsid w:val="00A81DF2"/>
     <w:rsid w:val="00A81EC9"/>
     <w:rsid w:val="00A82FBA"/>
     <w:rsid w:val="00A858AA"/>
     <w:rsid w:val="00A87026"/>
     <w:rsid w:val="00A901A3"/>
     <w:rsid w:val="00A91221"/>
@@ -7576,50 +7630,51 @@
     <w:rsid w:val="00AC3FD0"/>
     <w:rsid w:val="00AC48A7"/>
     <w:rsid w:val="00AC4BE0"/>
     <w:rsid w:val="00AC7CC8"/>
     <w:rsid w:val="00AD0382"/>
     <w:rsid w:val="00AD2B68"/>
     <w:rsid w:val="00AD4716"/>
     <w:rsid w:val="00AD6DFA"/>
     <w:rsid w:val="00AE402D"/>
     <w:rsid w:val="00AE4E7B"/>
     <w:rsid w:val="00AE51E8"/>
     <w:rsid w:val="00AE5DFE"/>
     <w:rsid w:val="00AE60CA"/>
     <w:rsid w:val="00AE6548"/>
     <w:rsid w:val="00AE6BA6"/>
     <w:rsid w:val="00AE786D"/>
     <w:rsid w:val="00AF0DFD"/>
     <w:rsid w:val="00AF1602"/>
     <w:rsid w:val="00AF1F40"/>
     <w:rsid w:val="00AF2635"/>
     <w:rsid w:val="00AF3039"/>
     <w:rsid w:val="00AF6001"/>
     <w:rsid w:val="00AF645F"/>
     <w:rsid w:val="00AF7B9C"/>
     <w:rsid w:val="00AF7C21"/>
+    <w:rsid w:val="00AF7C57"/>
     <w:rsid w:val="00B002DB"/>
     <w:rsid w:val="00B02386"/>
     <w:rsid w:val="00B071BC"/>
     <w:rsid w:val="00B10462"/>
     <w:rsid w:val="00B11931"/>
     <w:rsid w:val="00B14F06"/>
     <w:rsid w:val="00B15B74"/>
     <w:rsid w:val="00B16BD5"/>
     <w:rsid w:val="00B16DCC"/>
     <w:rsid w:val="00B202DC"/>
     <w:rsid w:val="00B22058"/>
     <w:rsid w:val="00B2250F"/>
     <w:rsid w:val="00B22CD4"/>
     <w:rsid w:val="00B25259"/>
     <w:rsid w:val="00B26B2B"/>
     <w:rsid w:val="00B31F4E"/>
     <w:rsid w:val="00B33B02"/>
     <w:rsid w:val="00B35F6A"/>
     <w:rsid w:val="00B36C47"/>
     <w:rsid w:val="00B43FC3"/>
     <w:rsid w:val="00B45A62"/>
     <w:rsid w:val="00B46DCA"/>
     <w:rsid w:val="00B50E59"/>
     <w:rsid w:val="00B51AE4"/>
     <w:rsid w:val="00B51BCF"/>
@@ -7637,59 +7692,59 @@
     <w:rsid w:val="00B64BCD"/>
     <w:rsid w:val="00B67CFB"/>
     <w:rsid w:val="00B70662"/>
     <w:rsid w:val="00B707DF"/>
     <w:rsid w:val="00B742F1"/>
     <w:rsid w:val="00B75291"/>
     <w:rsid w:val="00B773A6"/>
     <w:rsid w:val="00B8133A"/>
     <w:rsid w:val="00B83915"/>
     <w:rsid w:val="00B83BAB"/>
     <w:rsid w:val="00B83E1F"/>
     <w:rsid w:val="00B87646"/>
     <w:rsid w:val="00B87736"/>
     <w:rsid w:val="00B90037"/>
     <w:rsid w:val="00B9260E"/>
     <w:rsid w:val="00B92741"/>
     <w:rsid w:val="00B94206"/>
     <w:rsid w:val="00B95E57"/>
     <w:rsid w:val="00B9772B"/>
     <w:rsid w:val="00BA0BE5"/>
     <w:rsid w:val="00BA1120"/>
     <w:rsid w:val="00BA7E3F"/>
     <w:rsid w:val="00BB76E2"/>
     <w:rsid w:val="00BB7C19"/>
     <w:rsid w:val="00BC3A6D"/>
-    <w:rsid w:val="00BC4D12"/>
     <w:rsid w:val="00BC4D47"/>
     <w:rsid w:val="00BC6B85"/>
     <w:rsid w:val="00BC6DAC"/>
     <w:rsid w:val="00BD06E3"/>
     <w:rsid w:val="00BD1522"/>
     <w:rsid w:val="00BD3F84"/>
     <w:rsid w:val="00BD4173"/>
     <w:rsid w:val="00BD5279"/>
+    <w:rsid w:val="00BE1D12"/>
     <w:rsid w:val="00BE4D7F"/>
     <w:rsid w:val="00BE684E"/>
     <w:rsid w:val="00BE7A1B"/>
     <w:rsid w:val="00BF2D2D"/>
     <w:rsid w:val="00BF5DBE"/>
     <w:rsid w:val="00BF5E64"/>
     <w:rsid w:val="00BF6BCF"/>
     <w:rsid w:val="00C00CD3"/>
     <w:rsid w:val="00C00DBF"/>
     <w:rsid w:val="00C0355C"/>
     <w:rsid w:val="00C03D09"/>
     <w:rsid w:val="00C05743"/>
     <w:rsid w:val="00C05D37"/>
     <w:rsid w:val="00C10E74"/>
     <w:rsid w:val="00C11228"/>
     <w:rsid w:val="00C12149"/>
     <w:rsid w:val="00C1460A"/>
     <w:rsid w:val="00C15548"/>
     <w:rsid w:val="00C17D22"/>
     <w:rsid w:val="00C17E3D"/>
     <w:rsid w:val="00C20974"/>
     <w:rsid w:val="00C21316"/>
     <w:rsid w:val="00C21516"/>
     <w:rsid w:val="00C221A9"/>
     <w:rsid w:val="00C23A0C"/>
@@ -7707,50 +7762,51 @@
     <w:rsid w:val="00C424A1"/>
     <w:rsid w:val="00C42F82"/>
     <w:rsid w:val="00C430C6"/>
     <w:rsid w:val="00C434CF"/>
     <w:rsid w:val="00C44D31"/>
     <w:rsid w:val="00C52BB5"/>
     <w:rsid w:val="00C52D2C"/>
     <w:rsid w:val="00C533B0"/>
     <w:rsid w:val="00C54E01"/>
     <w:rsid w:val="00C56348"/>
     <w:rsid w:val="00C56C7E"/>
     <w:rsid w:val="00C56F06"/>
     <w:rsid w:val="00C579F1"/>
     <w:rsid w:val="00C57F10"/>
     <w:rsid w:val="00C60073"/>
     <w:rsid w:val="00C60305"/>
     <w:rsid w:val="00C61C53"/>
     <w:rsid w:val="00C62C65"/>
     <w:rsid w:val="00C62E5A"/>
     <w:rsid w:val="00C6400C"/>
     <w:rsid w:val="00C66F73"/>
     <w:rsid w:val="00C71409"/>
     <w:rsid w:val="00C71B44"/>
     <w:rsid w:val="00C7247D"/>
     <w:rsid w:val="00C726B4"/>
+    <w:rsid w:val="00C76082"/>
     <w:rsid w:val="00C763E9"/>
     <w:rsid w:val="00C822D7"/>
     <w:rsid w:val="00C9428F"/>
     <w:rsid w:val="00C95F48"/>
     <w:rsid w:val="00C969CB"/>
     <w:rsid w:val="00C96EEF"/>
     <w:rsid w:val="00C97173"/>
     <w:rsid w:val="00CA27C7"/>
     <w:rsid w:val="00CA37E1"/>
     <w:rsid w:val="00CA3A21"/>
     <w:rsid w:val="00CA456D"/>
     <w:rsid w:val="00CA7C7C"/>
     <w:rsid w:val="00CB0414"/>
     <w:rsid w:val="00CB2D48"/>
     <w:rsid w:val="00CB3793"/>
     <w:rsid w:val="00CB4AEB"/>
     <w:rsid w:val="00CC1584"/>
     <w:rsid w:val="00CC1A18"/>
     <w:rsid w:val="00CC33B4"/>
     <w:rsid w:val="00CC38D6"/>
     <w:rsid w:val="00CC3AA1"/>
     <w:rsid w:val="00CC5639"/>
     <w:rsid w:val="00CC5BC6"/>
     <w:rsid w:val="00CC6964"/>
     <w:rsid w:val="00CC7985"/>
@@ -7764,143 +7820,149 @@
     <w:rsid w:val="00CE0B2F"/>
     <w:rsid w:val="00CE140D"/>
     <w:rsid w:val="00CE3441"/>
     <w:rsid w:val="00CF061B"/>
     <w:rsid w:val="00CF184B"/>
     <w:rsid w:val="00CF3338"/>
     <w:rsid w:val="00CF35A2"/>
     <w:rsid w:val="00CF457C"/>
     <w:rsid w:val="00CF48F2"/>
     <w:rsid w:val="00CF5B65"/>
     <w:rsid w:val="00CF5CC2"/>
     <w:rsid w:val="00CF6AF0"/>
     <w:rsid w:val="00CF7A97"/>
     <w:rsid w:val="00D011C0"/>
     <w:rsid w:val="00D02918"/>
     <w:rsid w:val="00D02C10"/>
     <w:rsid w:val="00D06168"/>
     <w:rsid w:val="00D0680E"/>
     <w:rsid w:val="00D10C1B"/>
     <w:rsid w:val="00D13AF5"/>
     <w:rsid w:val="00D17F43"/>
     <w:rsid w:val="00D2282C"/>
     <w:rsid w:val="00D23E3F"/>
     <w:rsid w:val="00D25237"/>
     <w:rsid w:val="00D326A0"/>
+    <w:rsid w:val="00D374E7"/>
     <w:rsid w:val="00D426D7"/>
     <w:rsid w:val="00D43DFE"/>
     <w:rsid w:val="00D44036"/>
     <w:rsid w:val="00D4580B"/>
     <w:rsid w:val="00D524F0"/>
     <w:rsid w:val="00D52F77"/>
     <w:rsid w:val="00D53BD4"/>
     <w:rsid w:val="00D54358"/>
     <w:rsid w:val="00D553DA"/>
     <w:rsid w:val="00D55745"/>
     <w:rsid w:val="00D6249A"/>
     <w:rsid w:val="00D63E4F"/>
     <w:rsid w:val="00D66AF0"/>
     <w:rsid w:val="00D70214"/>
     <w:rsid w:val="00D70A1E"/>
     <w:rsid w:val="00D7223E"/>
     <w:rsid w:val="00D73F1E"/>
     <w:rsid w:val="00D74AB9"/>
     <w:rsid w:val="00D770EC"/>
     <w:rsid w:val="00D80C40"/>
+    <w:rsid w:val="00D85688"/>
     <w:rsid w:val="00D859B0"/>
     <w:rsid w:val="00D9086F"/>
     <w:rsid w:val="00D91363"/>
     <w:rsid w:val="00D9246B"/>
     <w:rsid w:val="00D93D00"/>
     <w:rsid w:val="00D947C2"/>
     <w:rsid w:val="00D948C9"/>
     <w:rsid w:val="00D96ED5"/>
     <w:rsid w:val="00D9786D"/>
     <w:rsid w:val="00DA4575"/>
     <w:rsid w:val="00DB0241"/>
     <w:rsid w:val="00DB0254"/>
+    <w:rsid w:val="00DB1399"/>
     <w:rsid w:val="00DB3783"/>
     <w:rsid w:val="00DB5AA2"/>
     <w:rsid w:val="00DB6A5C"/>
     <w:rsid w:val="00DB7537"/>
     <w:rsid w:val="00DC574D"/>
+    <w:rsid w:val="00DC5F35"/>
     <w:rsid w:val="00DC6C94"/>
     <w:rsid w:val="00DC6E43"/>
     <w:rsid w:val="00DC7566"/>
     <w:rsid w:val="00DD00B5"/>
     <w:rsid w:val="00DD0A42"/>
     <w:rsid w:val="00DD1C9A"/>
     <w:rsid w:val="00DD1E2E"/>
     <w:rsid w:val="00DD3605"/>
     <w:rsid w:val="00DD4FB6"/>
     <w:rsid w:val="00DD69E7"/>
     <w:rsid w:val="00DE0183"/>
     <w:rsid w:val="00DE12A0"/>
     <w:rsid w:val="00DE2A70"/>
     <w:rsid w:val="00DE39B6"/>
+    <w:rsid w:val="00DE4CDD"/>
     <w:rsid w:val="00DE613B"/>
     <w:rsid w:val="00DE6422"/>
     <w:rsid w:val="00DE6E2F"/>
     <w:rsid w:val="00DE76CD"/>
     <w:rsid w:val="00DF3E69"/>
     <w:rsid w:val="00DF4341"/>
     <w:rsid w:val="00E00F53"/>
     <w:rsid w:val="00E015CF"/>
     <w:rsid w:val="00E04D61"/>
     <w:rsid w:val="00E05303"/>
     <w:rsid w:val="00E11A52"/>
     <w:rsid w:val="00E126BE"/>
     <w:rsid w:val="00E1376C"/>
     <w:rsid w:val="00E16E70"/>
     <w:rsid w:val="00E20171"/>
     <w:rsid w:val="00E21BD7"/>
     <w:rsid w:val="00E2386F"/>
     <w:rsid w:val="00E23A7A"/>
     <w:rsid w:val="00E269FB"/>
     <w:rsid w:val="00E27A6F"/>
     <w:rsid w:val="00E3101F"/>
     <w:rsid w:val="00E32B85"/>
     <w:rsid w:val="00E342A8"/>
     <w:rsid w:val="00E36BDB"/>
     <w:rsid w:val="00E374E9"/>
     <w:rsid w:val="00E40208"/>
     <w:rsid w:val="00E41068"/>
     <w:rsid w:val="00E428E5"/>
     <w:rsid w:val="00E42ABE"/>
     <w:rsid w:val="00E46B73"/>
     <w:rsid w:val="00E47E1E"/>
     <w:rsid w:val="00E501D8"/>
     <w:rsid w:val="00E52D7D"/>
     <w:rsid w:val="00E54923"/>
     <w:rsid w:val="00E562C9"/>
     <w:rsid w:val="00E66981"/>
     <w:rsid w:val="00E66E38"/>
     <w:rsid w:val="00E71427"/>
     <w:rsid w:val="00E74620"/>
     <w:rsid w:val="00E74B4E"/>
     <w:rsid w:val="00E77ED9"/>
     <w:rsid w:val="00E8124D"/>
+    <w:rsid w:val="00E8246B"/>
     <w:rsid w:val="00E8509F"/>
     <w:rsid w:val="00E85DA2"/>
     <w:rsid w:val="00E92A07"/>
     <w:rsid w:val="00E93059"/>
     <w:rsid w:val="00E932B3"/>
     <w:rsid w:val="00E9455F"/>
     <w:rsid w:val="00E9610A"/>
     <w:rsid w:val="00EA0F0B"/>
     <w:rsid w:val="00EA66D6"/>
     <w:rsid w:val="00EA6832"/>
     <w:rsid w:val="00EB203F"/>
     <w:rsid w:val="00EB2B18"/>
     <w:rsid w:val="00EB2C5E"/>
     <w:rsid w:val="00EB362A"/>
     <w:rsid w:val="00EB3DAE"/>
     <w:rsid w:val="00EB4C68"/>
     <w:rsid w:val="00EB6C9F"/>
     <w:rsid w:val="00EB760C"/>
     <w:rsid w:val="00EB7E6C"/>
     <w:rsid w:val="00EC0330"/>
     <w:rsid w:val="00EC0620"/>
     <w:rsid w:val="00EC7D30"/>
     <w:rsid w:val="00ED2EC2"/>
     <w:rsid w:val="00ED3184"/>
     <w:rsid w:val="00ED34C2"/>
@@ -8029,51 +8091,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05AE1CFC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{48E3D9FB-767F-4550-BB63-5470BCE4F27F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -8479,51 +8541,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00CB3793"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E015CF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="229779867">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="744183189">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8552,51 +8614,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1660961237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recruitment@wellscathedral.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recruitment@wellscathedral.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8854,108 +8916,424 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1ee267e0-7f39-4bf3-8ebc-87cff500ce3b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6817f696-320f-4671-838d-b8dd3e8fd0c4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006E92F089484DC54192F198E8AFDBAE79" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bf92aa809e23439cde4815c96904ba88">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6817f696-320f-4671-838d-b8dd3e8fd0c4" xmlns:ns3="1ee267e0-7f39-4bf3-8ebc-87cff500ce3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d00d216885ab8818b26abeefb97d877a" ns2:_="" ns3:_="">
+    <xsd:import namespace="6817f696-320f-4671-838d-b8dd3e8fd0c4"/>
+    <xsd:import namespace="1ee267e0-7f39-4bf3-8ebc-87cff500ce3b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6817f696-320f-4671-838d-b8dd3e8fd0c4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="513f2e90-dc66-443d-bf49-67b392c831ff" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1ee267e0-7f39-4bf3-8ebc-87cff500ce3b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{fd31e894-a202-4f86-b85b-785bca2cb568}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1ee267e0-7f39-4bf3-8ebc-87cff500ce3b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEDC6086-42A9-46D1-94AA-C172B1DB96BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0D81398-619B-4612-8BD5-5E426A6005EB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1ee267e0-7f39-4bf3-8ebc-87cff500ce3b"/>
+    <ds:schemaRef ds:uri="6817f696-320f-4671-838d-b8dd3e8fd0c4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E358074-60DB-4A63-A1E2-E4E0D8B88964}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9CF63F6-797F-4A66-9368-0B97835078D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6817f696-320f-4671-838d-b8dd3e8fd0c4"/>
+    <ds:schemaRef ds:uri="1ee267e0-7f39-4bf3-8ebc-87cff500ce3b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>641</Words>
-  <Characters>3660</Characters>
+  <Words>645</Words>
+  <Characters>3680</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bath And Wells</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4293</CharactersWithSpaces>
+  <CharactersWithSpaces>4317</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5767212</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Recruitment@wellscathedral.uk.net</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject/>
   <dc:creator>reesv</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101006E92F089484DC54192F198E8AFDBAE79</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>